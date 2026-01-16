--- v0 (2025-10-08)
+++ v1 (2026-01-16)
@@ -6,102 +6,102 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27628"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://bofifederalbank-my.sharepoint.com/personal/naquino_bofifederalbank_com/Documents/PROJECTS/TRID/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="1" documentId="8_{12491767-99FF-4AAA-9A62-CE55A4D210EC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{62971508-AE89-47DF-BC8A-E6480FB80AEA}"/>
+  <xr:revisionPtr revIDLastSave="1" documentId="8_{7FACFBE8-9D64-4830-9461-52ACD69DC969}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{5649E0D2-21EF-42E8-978F-82C427A63056}"/>
   <bookViews>
-    <workbookView xWindow="29385" yWindow="360" windowWidth="24480" windowHeight="15015" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="17520" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Broker - Lender Paid" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="O36" i="1" l="1"/>
   <c r="O12" i="1" l="1"/>
-  <c r="O76" i="1" l="1"/>
-  <c r="O49" i="1"/>
+  <c r="O79" i="1" l="1"/>
+  <c r="O52" i="1"/>
   <c r="Z48" i="1"/>
   <c r="Z40" i="1"/>
   <c r="Z32" i="1"/>
   <c r="O15" i="1"/>
   <c r="L20" i="1" s="1"/>
   <c r="N24" i="1" s="1"/>
   <c r="L21" i="1" l="1"/>
   <c r="G22" i="1" s="1"/>
   <c r="C23" i="1"/>
   <c r="H23" i="1" s="1"/>
   <c r="C22" i="1"/>
   <c r="N23" i="1"/>
   <c r="O28" i="1" l="1"/>
-  <c r="O33" i="1" s="1"/>
   <c r="O24" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Nana Aquino</author>
   </authors>
   <commentList>
     <comment ref="O19" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">For credit/rebate, </t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
@@ -160,62 +160,62 @@
             <family val="2"/>
           </rPr>
           <t>For par pricing,</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve"> you can leave the field blank or enter a 0.</t>
         </r>
       </text>
     </comment>
     <comment ref="O27" authorId="0" shapeId="0" xr:uid="{54486100-D5E1-41CF-B57E-11A900D7FE8F}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">$1,695.00:  Portfolio products
-$1,695.00:  Expanded products
+$1,695.00:  Expanded/Express products
 $995.00:  Agency (Wholesale only)
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="133" uniqueCount="112">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="115">
   <si>
     <t>WCPL Broker Submission Fee Sheet</t>
   </si>
   <si>
     <t>*** Lender Paid Comp ***</t>
   </si>
   <si>
     <t>Borrower Name</t>
   </si>
   <si>
     <t>Loan Number</t>
   </si>
   <si>
     <t>Subject Prop State</t>
   </si>
   <si>
     <t>Rate</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
@@ -650,94 +650,114 @@
   <si>
     <t>Phone Number:</t>
   </si>
   <si>
     <t>Title Exam Fee</t>
   </si>
   <si>
     <t>Email Address:</t>
   </si>
   <si>
     <t>Title Search Fee</t>
   </si>
   <si>
     <t>Wire Fee</t>
   </si>
   <si>
     <t>(NY) Attorney Fee (non-correspondent only)</t>
   </si>
   <si>
     <t>SPECIAL NOTES TO AXOS BANK:</t>
   </si>
   <si>
     <t xml:space="preserve"> SUB-TOTAL  </t>
   </si>
   <si>
+    <t xml:space="preserve">*** If this is a CROSS COLLATERAL loan, enter the estimated value of </t>
+  </si>
+  <si>
+    <t>Privacy Mortgage Fee (Axos Bank) $350</t>
+  </si>
+  <si>
+    <t>Departing Residence Cross Collateral: 0.50% Orig (Axos)</t>
+  </si>
+  <si>
+    <t>Texas Attorney Review Fee (Axos Bank) $150</t>
+  </si>
+  <si>
+    <t>(NY) CEMA - addt'l $350 (non-correspondent only)</t>
+  </si>
+  <si>
+    <t>Trust/Entity Review Fee (Axos Bank) $350</t>
+  </si>
+  <si>
+    <t>Construction to Perm: 1% Orig (Axos)</t>
+  </si>
+  <si>
     <r>
-      <t xml:space="preserve">Please note:  The Lender Paid Compensation (LPC) is the lesser of 1.25% of the loan amount or $50,000.  The LPC does </t>
+      <t xml:space="preserve">Reverse 1031 Exch PPP Buyout: </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="8"/>
+        <rFont val="Arial"/>
+        <family val="2"/>
+      </rPr>
+      <t>Exception Required</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Please note: The Lender Paid Compensation (LPC) is the lesser of 1.25% of the loan amount or $50,000.  The LPC does </t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <u/>
         <sz val="10"/>
         <color indexed="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>not</t>
     </r>
     <r>
       <rPr>
         <b/>
         <i/>
         <sz val="10"/>
         <color indexed="12"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> show on the LE and therefore the amount will not be itemized on this Fee Sheet.</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">*** If this is a CROSS COLLATERAL loan, enter the estimated value of </t>
-[...14 lines deleted...]
-    <t>Trust/Entity Review Fee (Axos Bank) $350</t>
+    <t>Prepayment Penalty Buyout: 1% Orig (Axos)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="7">
     <numFmt numFmtId="7" formatCode="&quot;$&quot;#,##0.00_);\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="8" formatCode="&quot;$&quot;#,##0.00_);[Red]\(&quot;$&quot;#,##0.00\)"/>
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="0.000%"/>
     <numFmt numFmtId="165" formatCode="_(&quot;$&quot;* #,##0.000_);_(&quot;$&quot;* \(#,##0.000\);_(&quot;$&quot;* &quot;-&quot;???_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="m/d/yy;@"/>
     <numFmt numFmtId="167" formatCode="[&lt;=9999999]###\-####;\(###\)\ ###\-####"/>
   </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1637,251 +1657,251 @@
     <xf numFmtId="0" fontId="4" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="1" fillId="3" borderId="36" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="4" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="20" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="44" fontId="10" fillId="2" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="10" fillId="2" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="10" fillId="2" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="11" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="2" borderId="30" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="2" borderId="18" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="44" fontId="3" fillId="2" borderId="19" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="1" fillId="2" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="167" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="167" fontId="1" fillId="3" borderId="35" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...130 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="8" fontId="10" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Currency" xfId="1" builtinId="4"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="5">
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FF008000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
@@ -2208,319 +2228,319 @@
     <col min="4" max="4" width="1.85546875" style="1" customWidth="1"/>
     <col min="5" max="8" width="4.28515625" style="1" customWidth="1"/>
     <col min="9" max="10" width="3.140625" style="1" customWidth="1"/>
     <col min="11" max="11" width="5.7109375" style="1" customWidth="1"/>
     <col min="12" max="12" width="8.85546875" style="1" customWidth="1"/>
     <col min="13" max="13" width="3.42578125" style="1" customWidth="1"/>
     <col min="14" max="14" width="3.7109375" style="2" customWidth="1"/>
     <col min="15" max="15" width="11.7109375" style="1" customWidth="1"/>
     <col min="16" max="16" width="3.5703125" style="1" customWidth="1"/>
     <col min="17" max="17" width="2.42578125" style="1" customWidth="1"/>
     <col min="18" max="18" width="1.85546875" style="1" customWidth="1"/>
     <col min="19" max="19" width="3.42578125" style="1" customWidth="1"/>
     <col min="20" max="20" width="5.140625" style="1" customWidth="1"/>
     <col min="21" max="21" width="8.42578125" style="1" customWidth="1"/>
     <col min="22" max="22" width="3.7109375" style="1" customWidth="1"/>
     <col min="23" max="23" width="8.42578125" style="1" customWidth="1"/>
     <col min="24" max="24" width="1.7109375" style="1" customWidth="1"/>
     <col min="25" max="25" width="3.7109375" style="1" customWidth="1"/>
     <col min="26" max="26" width="11.7109375" style="1" customWidth="1"/>
     <col min="27" max="27" width="9.140625" style="1"/>
     <col min="28" max="28" width="9.140625" style="1" hidden="1" customWidth="1"/>
     <col min="29" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:28" ht="42.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="P1" s="139" t="s">
+      <c r="P1" s="92" t="s">
         <v>0</v>
       </c>
-      <c r="Q1" s="139"/>
-[...8 lines deleted...]
-      <c r="Z1" s="139"/>
+      <c r="Q1" s="92"/>
+      <c r="R1" s="92"/>
+      <c r="S1" s="92"/>
+      <c r="T1" s="92"/>
+      <c r="U1" s="92"/>
+      <c r="V1" s="92"/>
+      <c r="W1" s="92"/>
+      <c r="X1" s="92"/>
+      <c r="Y1" s="92"/>
+      <c r="Z1" s="92"/>
       <c r="AB1" s="91"/>
     </row>
     <row r="2" spans="2:28" s="3" customFormat="1" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="N2" s="140"/>
-      <c r="O2" s="140"/>
+      <c r="N2" s="93"/>
+      <c r="O2" s="93"/>
       <c r="P2" s="4"/>
     </row>
     <row r="3" spans="2:28" ht="19.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="141" t="s">
+      <c r="B3" s="94" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="141"/>
-[...22 lines deleted...]
-      <c r="Z3" s="141"/>
+      <c r="C3" s="94"/>
+      <c r="D3" s="94"/>
+      <c r="E3" s="94"/>
+      <c r="F3" s="94"/>
+      <c r="G3" s="94"/>
+      <c r="H3" s="94"/>
+      <c r="I3" s="94"/>
+      <c r="J3" s="94"/>
+      <c r="K3" s="94"/>
+      <c r="L3" s="94"/>
+      <c r="M3" s="94"/>
+      <c r="N3" s="94"/>
+      <c r="O3" s="94"/>
+      <c r="P3" s="94"/>
+      <c r="Q3" s="94"/>
+      <c r="R3" s="94"/>
+      <c r="S3" s="94"/>
+      <c r="T3" s="94"/>
+      <c r="U3" s="94"/>
+      <c r="V3" s="94"/>
+      <c r="W3" s="94"/>
+      <c r="X3" s="94"/>
+      <c r="Y3" s="94"/>
+      <c r="Z3" s="94"/>
     </row>
     <row r="4" spans="2:28" s="3" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B4" s="142" t="s">
-[...25 lines deleted...]
-      <c r="Z4" s="149"/>
+      <c r="B4" s="95" t="s">
+        <v>113</v>
+      </c>
+      <c r="C4" s="147"/>
+      <c r="D4" s="147"/>
+      <c r="E4" s="147"/>
+      <c r="F4" s="147"/>
+      <c r="G4" s="147"/>
+      <c r="H4" s="147"/>
+      <c r="I4" s="147"/>
+      <c r="J4" s="147"/>
+      <c r="K4" s="147"/>
+      <c r="L4" s="147"/>
+      <c r="M4" s="147"/>
+      <c r="N4" s="147"/>
+      <c r="O4" s="147"/>
+      <c r="P4" s="147"/>
+      <c r="Q4" s="147"/>
+      <c r="R4" s="147"/>
+      <c r="S4" s="147"/>
+      <c r="T4" s="147"/>
+      <c r="U4" s="147"/>
+      <c r="V4" s="147"/>
+      <c r="W4" s="147"/>
+      <c r="X4" s="147"/>
+      <c r="Y4" s="147"/>
+      <c r="Z4" s="147"/>
     </row>
     <row r="5" spans="2:28" s="3" customFormat="1" ht="9.6" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N5" s="5"/>
     </row>
     <row r="6" spans="2:28" s="3" customFormat="1" ht="22.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B6" s="143"/>
-[...9 lines deleted...]
-      <c r="L6" s="143"/>
+      <c r="B6" s="96"/>
+      <c r="C6" s="96"/>
+      <c r="D6" s="96"/>
+      <c r="E6" s="96"/>
+      <c r="F6" s="96"/>
+      <c r="G6" s="96"/>
+      <c r="H6" s="96"/>
+      <c r="I6" s="96"/>
+      <c r="J6" s="96"/>
+      <c r="K6" s="96"/>
+      <c r="L6" s="96"/>
       <c r="N6" s="5"/>
-      <c r="O6" s="143"/>
-[...6 lines deleted...]
-      <c r="W6" s="143"/>
+      <c r="O6" s="96"/>
+      <c r="P6" s="96"/>
+      <c r="Q6" s="96"/>
+      <c r="R6" s="96"/>
+      <c r="S6" s="96"/>
+      <c r="U6" s="96"/>
+      <c r="V6" s="96"/>
+      <c r="W6" s="96"/>
       <c r="Z6" s="6"/>
     </row>
     <row r="7" spans="2:28" s="7" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B7" s="135" t="s">
+      <c r="B7" s="97" t="s">
         <v>2</v>
       </c>
-      <c r="C7" s="135"/>
-[...8 lines deleted...]
-      <c r="L7" s="135"/>
+      <c r="C7" s="97"/>
+      <c r="D7" s="97"/>
+      <c r="E7" s="97"/>
+      <c r="F7" s="97"/>
+      <c r="G7" s="97"/>
+      <c r="H7" s="97"/>
+      <c r="I7" s="97"/>
+      <c r="J7" s="97"/>
+      <c r="K7" s="97"/>
+      <c r="L7" s="97"/>
       <c r="N7" s="8"/>
-      <c r="O7" s="135" t="s">
+      <c r="O7" s="97" t="s">
         <v>3</v>
       </c>
-      <c r="P7" s="135"/>
-[...3 lines deleted...]
-      <c r="U7" s="135" t="s">
+      <c r="P7" s="97"/>
+      <c r="Q7" s="97"/>
+      <c r="R7" s="97"/>
+      <c r="S7" s="97"/>
+      <c r="U7" s="97" t="s">
         <v>4</v>
       </c>
-      <c r="V7" s="135"/>
-      <c r="W7" s="135"/>
+      <c r="V7" s="97"/>
+      <c r="W7" s="97"/>
       <c r="Z7" s="9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="2:28" s="3" customFormat="1" ht="4.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="N8" s="5"/>
     </row>
     <row r="9" spans="2:28" s="3" customFormat="1" ht="19.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="E9" s="10"/>
       <c r="F9" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H9" s="10"/>
       <c r="I9" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="N9" s="136"/>
-[...1 lines deleted...]
-      <c r="P9" s="138"/>
+      <c r="N9" s="98"/>
+      <c r="O9" s="99"/>
+      <c r="P9" s="100"/>
       <c r="Q9" s="4" t="s">
         <v>8</v>
       </c>
       <c r="X9" s="11" t="s">
         <v>9</v>
       </c>
-      <c r="Y9" s="132"/>
-      <c r="Z9" s="133"/>
+      <c r="Y9" s="101"/>
+      <c r="Z9" s="102"/>
     </row>
     <row r="10" spans="2:28" s="3" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="N10" s="140"/>
-      <c r="O10" s="140"/>
+      <c r="N10" s="93"/>
+      <c r="O10" s="93"/>
       <c r="P10" s="4"/>
-      <c r="U10" s="148" t="s">
+      <c r="U10" s="146" t="s">
         <v>10</v>
       </c>
-      <c r="V10" s="148"/>
-[...3 lines deleted...]
-      <c r="Z10" s="148"/>
+      <c r="V10" s="146"/>
+      <c r="W10" s="146"/>
+      <c r="X10" s="146"/>
+      <c r="Y10" s="146"/>
+      <c r="Z10" s="146"/>
     </row>
     <row r="11" spans="2:28" s="3" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N11" s="5"/>
       <c r="O11" s="5"/>
       <c r="P11" s="4"/>
       <c r="U11" s="12"/>
       <c r="V11" s="12"/>
       <c r="W11" s="12"/>
       <c r="X11" s="12"/>
       <c r="Y11" s="12"/>
       <c r="Z11" s="12"/>
     </row>
     <row r="12" spans="2:28" s="3" customFormat="1" ht="24" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="L12" s="146"/>
-      <c r="M12" s="146"/>
+      <c r="L12" s="144"/>
+      <c r="M12" s="144"/>
       <c r="N12" s="5"/>
-      <c r="O12" s="147" t="str">
+      <c r="O12" s="145" t="str">
         <f>IF(N9="","",IF(N9&gt;4000000,"$50,000.00",N9*0.0125))</f>
         <v/>
       </c>
-      <c r="P12" s="147"/>
-      <c r="Q12" s="146" t="s">
+      <c r="P12" s="145"/>
+      <c r="Q12" s="144" t="s">
         <v>11</v>
       </c>
-      <c r="R12" s="146"/>
-[...7 lines deleted...]
-      <c r="Z12" s="146"/>
+      <c r="R12" s="144"/>
+      <c r="S12" s="144"/>
+      <c r="T12" s="144"/>
+      <c r="U12" s="144"/>
+      <c r="V12" s="144"/>
+      <c r="W12" s="144"/>
+      <c r="X12" s="144"/>
+      <c r="Y12" s="144"/>
+      <c r="Z12" s="144"/>
     </row>
     <row r="13" spans="2:28" s="3" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N13" s="5"/>
       <c r="O13" s="5"/>
       <c r="P13" s="4"/>
       <c r="U13" s="12"/>
       <c r="V13" s="12"/>
       <c r="W13" s="12"/>
       <c r="X13" s="12"/>
       <c r="Y13" s="12"/>
       <c r="Z13" s="12"/>
     </row>
     <row r="14" spans="2:28" s="3" customFormat="1" ht="9" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N14" s="5"/>
       <c r="O14" s="5"/>
       <c r="P14" s="4"/>
       <c r="U14" s="12"/>
       <c r="V14" s="12"/>
       <c r="W14" s="12"/>
       <c r="X14" s="12"/>
       <c r="Y14" s="12"/>
       <c r="Z14" s="12"/>
     </row>
     <row r="15" spans="2:28" s="3" customFormat="1" ht="18" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="N15" s="5"/>
       <c r="O15" s="13">
         <f>N9*O19</f>
         <v>0</v>
       </c>
       <c r="P15" s="4"/>
       <c r="U15" s="12"/>
       <c r="V15" s="12"/>
       <c r="W15" s="12"/>
       <c r="X15" s="12"/>
       <c r="Y15" s="12"/>
       <c r="Z15" s="12"/>
     </row>
     <row r="16" spans="2:28" ht="23.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B16" s="134" t="s">
+      <c r="B16" s="103" t="s">
         <v>12</v>
       </c>
-      <c r="C16" s="134"/>
-[...22 lines deleted...]
-      <c r="Z16" s="134"/>
+      <c r="C16" s="103"/>
+      <c r="D16" s="103"/>
+      <c r="E16" s="103"/>
+      <c r="F16" s="103"/>
+      <c r="G16" s="103"/>
+      <c r="H16" s="103"/>
+      <c r="I16" s="103"/>
+      <c r="J16" s="103"/>
+      <c r="K16" s="103"/>
+      <c r="L16" s="103"/>
+      <c r="M16" s="103"/>
+      <c r="N16" s="103"/>
+      <c r="O16" s="103"/>
+      <c r="P16" s="103"/>
+      <c r="Q16" s="103"/>
+      <c r="R16" s="103"/>
+      <c r="S16" s="103"/>
+      <c r="T16" s="103"/>
+      <c r="U16" s="103"/>
+      <c r="V16" s="103"/>
+      <c r="W16" s="103"/>
+      <c r="X16" s="103"/>
+      <c r="Y16" s="103"/>
+      <c r="Z16" s="103"/>
     </row>
     <row r="17" spans="2:28" ht="3" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B17" s="2"/>
       <c r="C17" s="2"/>
       <c r="D17" s="2"/>
       <c r="E17" s="2"/>
       <c r="F17" s="2"/>
       <c r="G17" s="2"/>
       <c r="H17" s="2"/>
       <c r="I17" s="2"/>
       <c r="J17" s="2"/>
       <c r="K17" s="2"/>
       <c r="L17" s="2"/>
       <c r="M17" s="2"/>
       <c r="O17" s="2"/>
       <c r="P17" s="2"/>
       <c r="Q17" s="2"/>
       <c r="R17" s="2"/>
       <c r="S17" s="2"/>
       <c r="T17" s="2"/>
       <c r="U17" s="2"/>
       <c r="V17" s="2"/>
       <c r="W17" s="2"/>
       <c r="X17" s="2"/>
       <c r="Y17" s="2"/>
@@ -2551,1857 +2571,1956 @@
       <c r="R18" s="20" t="s">
         <v>16</v>
       </c>
       <c r="S18" s="21"/>
       <c r="T18" s="21"/>
       <c r="U18" s="21"/>
       <c r="V18" s="21"/>
       <c r="W18" s="21"/>
       <c r="X18" s="21"/>
       <c r="Y18" s="22" t="s">
         <v>17</v>
       </c>
       <c r="Z18" s="23" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="2:28" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="24"/>
       <c r="D19" s="25" t="s">
         <v>19</v>
       </c>
       <c r="E19" s="26"/>
       <c r="F19" s="26"/>
       <c r="O19" s="27"/>
       <c r="Q19" s="24"/>
-      <c r="R19" s="113" t="s">
+      <c r="R19" s="104" t="s">
         <v>20</v>
       </c>
-      <c r="S19" s="113"/>
-[...4 lines deleted...]
-      <c r="X19" s="113"/>
+      <c r="S19" s="104"/>
+      <c r="T19" s="104"/>
+      <c r="U19" s="104"/>
+      <c r="V19" s="104"/>
+      <c r="W19" s="104"/>
+      <c r="X19" s="104"/>
       <c r="Y19" s="28"/>
       <c r="Z19" s="29"/>
     </row>
     <row r="20" spans="2:28" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="24"/>
       <c r="F20" s="30"/>
       <c r="K20" s="31" t="s">
         <v>21</v>
       </c>
-      <c r="L20" s="128" t="str">
+      <c r="L20" s="105" t="str">
         <f>IF(O15&lt;0,O15,"")</f>
         <v/>
       </c>
-      <c r="M20" s="128"/>
+      <c r="M20" s="105"/>
       <c r="O20" s="32"/>
       <c r="Q20" s="24"/>
-      <c r="R20" s="95" t="s">
+      <c r="R20" s="106" t="s">
         <v>22</v>
       </c>
-      <c r="S20" s="95"/>
-[...4 lines deleted...]
-      <c r="X20" s="96"/>
+      <c r="S20" s="106"/>
+      <c r="T20" s="106"/>
+      <c r="U20" s="106"/>
+      <c r="V20" s="106"/>
+      <c r="W20" s="106"/>
+      <c r="X20" s="107"/>
       <c r="Y20" s="33"/>
       <c r="Z20" s="34"/>
     </row>
     <row r="21" spans="2:28" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B21" s="35"/>
       <c r="C21" s="2"/>
       <c r="D21" s="2"/>
       <c r="E21" s="2"/>
       <c r="F21" s="2"/>
       <c r="G21" s="2"/>
       <c r="H21" s="2"/>
       <c r="I21" s="2"/>
       <c r="J21" s="2"/>
       <c r="K21" s="31" t="s">
         <v>23</v>
       </c>
-      <c r="L21" s="128" t="str">
+      <c r="L21" s="105" t="str">
         <f>IF(O15&lt;=0,"",O15)</f>
         <v/>
       </c>
-      <c r="M21" s="128"/>
+      <c r="M21" s="105"/>
       <c r="O21" s="36"/>
       <c r="Q21" s="24"/>
-      <c r="R21" s="95" t="s">
+      <c r="R21" s="106" t="s">
         <v>24</v>
       </c>
-      <c r="S21" s="95"/>
-[...4 lines deleted...]
-      <c r="X21" s="96"/>
+      <c r="S21" s="106"/>
+      <c r="T21" s="106"/>
+      <c r="U21" s="106"/>
+      <c r="V21" s="106"/>
+      <c r="W21" s="106"/>
+      <c r="X21" s="107"/>
       <c r="Y21" s="33"/>
       <c r="Z21" s="37"/>
     </row>
     <row r="22" spans="2:28" ht="16.149999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B22" s="35"/>
-      <c r="C22" s="129">
+      <c r="C22" s="110">
         <f>IF(L20&lt;0,-L20,0)</f>
         <v>0</v>
       </c>
-      <c r="D22" s="129"/>
-      <c r="E22" s="129"/>
+      <c r="D22" s="110"/>
+      <c r="E22" s="110"/>
       <c r="F22" s="2"/>
-      <c r="G22" s="130" t="str">
+      <c r="G22" s="111" t="str">
         <f>L21</f>
         <v/>
       </c>
-      <c r="H22" s="131"/>
-      <c r="I22" s="131"/>
+      <c r="H22" s="112"/>
+      <c r="I22" s="112"/>
       <c r="J22" s="2"/>
       <c r="K22" s="31"/>
       <c r="L22" s="38"/>
       <c r="M22" s="38"/>
       <c r="O22" s="36"/>
       <c r="Q22" s="24"/>
-      <c r="R22" s="113" t="s">
+      <c r="R22" s="104" t="s">
         <v>25</v>
       </c>
-      <c r="S22" s="113"/>
-[...4 lines deleted...]
-      <c r="X22" s="113"/>
+      <c r="S22" s="104"/>
+      <c r="T22" s="104"/>
+      <c r="U22" s="104"/>
+      <c r="V22" s="104"/>
+      <c r="W22" s="104"/>
+      <c r="X22" s="104"/>
       <c r="Y22" s="33"/>
       <c r="Z22" s="34"/>
     </row>
     <row r="23" spans="2:28" ht="16.149999999999999" hidden="1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="35"/>
       <c r="C23" s="39" t="str">
         <f>IF(L20&lt;0,"Credit/rebate to borrower","")</f>
         <v/>
       </c>
       <c r="D23" s="40"/>
       <c r="E23" s="40"/>
       <c r="F23" s="2"/>
       <c r="G23" s="41"/>
       <c r="H23" s="42" t="str">
         <f>IF(C23="Credit/rebate to borrower","","Discount fee charged to borrower")</f>
         <v>Discount fee charged to borrower</v>
       </c>
       <c r="I23" s="2"/>
       <c r="J23" s="2"/>
       <c r="K23" s="31"/>
       <c r="L23" s="38"/>
       <c r="M23" s="38"/>
       <c r="N23" s="43" t="str">
         <f>IF(L20&lt;0,"Credit/rebate to borrower",IF(O19=0,"Par Pricing","Discount fee charged to borrower"))</f>
         <v>Par Pricing</v>
       </c>
       <c r="O23" s="36"/>
       <c r="Q23" s="24"/>
-      <c r="R23" s="113" t="s">
+      <c r="R23" s="104" t="s">
         <v>26</v>
       </c>
-      <c r="S23" s="113"/>
-[...4 lines deleted...]
-      <c r="X23" s="113"/>
+      <c r="S23" s="104"/>
+      <c r="T23" s="104"/>
+      <c r="U23" s="104"/>
+      <c r="V23" s="104"/>
+      <c r="W23" s="104"/>
+      <c r="X23" s="104"/>
       <c r="Y23" s="33"/>
       <c r="Z23" s="37"/>
     </row>
     <row r="24" spans="2:28" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B24" s="44"/>
       <c r="C24" s="45"/>
       <c r="D24" s="45"/>
       <c r="E24" s="45"/>
       <c r="F24" s="45"/>
       <c r="G24" s="45"/>
       <c r="H24" s="45"/>
       <c r="I24" s="45"/>
       <c r="J24" s="45"/>
       <c r="K24" s="45"/>
       <c r="L24" s="45"/>
       <c r="M24" s="45"/>
       <c r="N24" s="46" t="str">
         <f>IF(L20&lt;0,"Credit/rebate to borrower  ",IF(O19=0,"Par Pricing  ","Discount fee charged to borrower  "))</f>
         <v xml:space="preserve">Par Pricing  </v>
       </c>
       <c r="O24" s="47">
         <f>MAX(L20:M21)</f>
         <v>0</v>
       </c>
       <c r="Q24" s="24"/>
-      <c r="R24" s="113" t="s">
+      <c r="R24" s="104" t="s">
         <v>25</v>
       </c>
-      <c r="S24" s="113"/>
-[...4 lines deleted...]
-      <c r="X24" s="113"/>
+      <c r="S24" s="104"/>
+      <c r="T24" s="104"/>
+      <c r="U24" s="104"/>
+      <c r="V24" s="104"/>
+      <c r="W24" s="104"/>
+      <c r="X24" s="104"/>
       <c r="Y24" s="33"/>
       <c r="Z24" s="37"/>
     </row>
     <row r="25" spans="2:28" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B25" s="2"/>
       <c r="C25" s="2"/>
       <c r="D25" s="2"/>
       <c r="E25" s="2"/>
       <c r="F25" s="2"/>
       <c r="G25" s="2"/>
       <c r="H25" s="2"/>
       <c r="I25" s="2"/>
       <c r="J25" s="2"/>
       <c r="K25" s="2"/>
       <c r="L25" s="2"/>
       <c r="M25" s="2"/>
       <c r="O25" s="2"/>
       <c r="Q25" s="24"/>
-      <c r="R25" s="113" t="s">
+      <c r="R25" s="104" t="s">
         <v>26</v>
       </c>
-      <c r="S25" s="113"/>
-[...4 lines deleted...]
-      <c r="X25" s="113"/>
+      <c r="S25" s="104"/>
+      <c r="T25" s="104"/>
+      <c r="U25" s="104"/>
+      <c r="V25" s="104"/>
+      <c r="W25" s="104"/>
+      <c r="X25" s="104"/>
       <c r="Y25" s="33"/>
       <c r="Z25" s="37"/>
     </row>
     <row r="26" spans="2:28" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B26" s="19" t="s">
         <v>27</v>
       </c>
       <c r="C26" s="20" t="s">
         <v>28</v>
       </c>
       <c r="D26" s="20" t="s">
         <v>28</v>
       </c>
       <c r="E26" s="21"/>
       <c r="F26" s="21"/>
       <c r="G26" s="21"/>
       <c r="H26" s="21"/>
       <c r="I26" s="21"/>
       <c r="J26" s="21"/>
       <c r="K26" s="21"/>
       <c r="L26" s="21"/>
       <c r="M26" s="21"/>
       <c r="N26" s="22" t="s">
         <v>17</v>
       </c>
       <c r="O26" s="48" t="s">
         <v>18</v>
       </c>
       <c r="Q26" s="24"/>
-      <c r="R26" s="113" t="s">
+      <c r="R26" s="104" t="s">
         <v>29</v>
       </c>
-      <c r="S26" s="113"/>
-[...4 lines deleted...]
-      <c r="X26" s="113"/>
+      <c r="S26" s="104"/>
+      <c r="T26" s="104"/>
+      <c r="U26" s="104"/>
+      <c r="V26" s="104"/>
+      <c r="W26" s="104"/>
+      <c r="X26" s="104"/>
       <c r="Y26" s="33"/>
       <c r="Z26" s="37"/>
     </row>
     <row r="27" spans="2:28" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="24"/>
       <c r="D27" s="49" t="s">
         <v>30</v>
       </c>
       <c r="E27" s="49"/>
       <c r="F27" s="49"/>
       <c r="G27" s="49"/>
       <c r="H27" s="49"/>
       <c r="I27" s="49"/>
       <c r="J27" s="49"/>
       <c r="K27" s="49"/>
       <c r="L27" s="49"/>
       <c r="M27" s="12" t="s">
         <v>31</v>
       </c>
       <c r="N27" s="28"/>
       <c r="O27" s="89">
         <v>1695</v>
       </c>
       <c r="Q27" s="24"/>
-      <c r="R27" s="113" t="s">
+      <c r="R27" s="104" t="s">
         <v>32</v>
       </c>
-      <c r="S27" s="113"/>
-[...4 lines deleted...]
-      <c r="X27" s="113"/>
+      <c r="S27" s="104"/>
+      <c r="T27" s="104"/>
+      <c r="U27" s="104"/>
+      <c r="V27" s="104"/>
+      <c r="W27" s="104"/>
+      <c r="X27" s="104"/>
       <c r="Y27" s="33"/>
       <c r="Z27" s="37"/>
       <c r="AB27" s="90">
         <v>1695</v>
       </c>
     </row>
     <row r="28" spans="2:28" ht="17.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B28" s="50"/>
       <c r="D28" s="51" t="s">
         <v>33</v>
       </c>
       <c r="E28" s="51"/>
       <c r="F28" s="51"/>
       <c r="G28" s="51"/>
       <c r="H28" s="51"/>
       <c r="I28" s="51"/>
       <c r="J28" s="51"/>
       <c r="K28" s="51"/>
       <c r="L28" s="51"/>
       <c r="M28" s="52"/>
       <c r="N28" s="53"/>
       <c r="O28" s="54" t="str">
         <f>L21</f>
         <v/>
       </c>
       <c r="Q28" s="24"/>
-      <c r="R28" s="113" t="s">
+      <c r="R28" s="104" t="s">
         <v>34</v>
       </c>
-      <c r="S28" s="113"/>
-[...4 lines deleted...]
-      <c r="X28" s="113"/>
+      <c r="S28" s="104"/>
+      <c r="T28" s="104"/>
+      <c r="U28" s="104"/>
+      <c r="V28" s="104"/>
+      <c r="W28" s="104"/>
+      <c r="X28" s="104"/>
       <c r="Y28" s="33"/>
       <c r="Z28" s="37"/>
       <c r="AB28" s="90">
         <v>995</v>
       </c>
     </row>
     <row r="29" spans="2:28" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="24"/>
-      <c r="D29" s="95" t="s">
+      <c r="D29" s="106" t="s">
         <v>35</v>
       </c>
-      <c r="E29" s="95"/>
-[...7 lines deleted...]
-      <c r="M29" s="96"/>
+      <c r="E29" s="106"/>
+      <c r="F29" s="106"/>
+      <c r="G29" s="106"/>
+      <c r="H29" s="106"/>
+      <c r="I29" s="106"/>
+      <c r="J29" s="106"/>
+      <c r="K29" s="106"/>
+      <c r="L29" s="106"/>
+      <c r="M29" s="107"/>
       <c r="N29" s="55"/>
       <c r="O29" s="56"/>
       <c r="Q29" s="24"/>
-      <c r="R29" s="97"/>
-[...5 lines deleted...]
-      <c r="X29" s="98"/>
+      <c r="R29" s="108"/>
+      <c r="S29" s="108"/>
+      <c r="T29" s="108"/>
+      <c r="U29" s="108"/>
+      <c r="V29" s="108"/>
+      <c r="W29" s="108"/>
+      <c r="X29" s="109"/>
       <c r="Y29" s="33"/>
       <c r="Z29" s="37"/>
     </row>
     <row r="30" spans="2:28" ht="16.899999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="24"/>
-      <c r="D30" s="125" t="s">
+      <c r="D30" s="114" t="s">
         <v>36</v>
       </c>
-      <c r="E30" s="125"/>
-[...7 lines deleted...]
-      <c r="M30" s="126"/>
+      <c r="E30" s="114"/>
+      <c r="F30" s="114"/>
+      <c r="G30" s="114"/>
+      <c r="H30" s="114"/>
+      <c r="I30" s="114"/>
+      <c r="J30" s="114"/>
+      <c r="K30" s="114"/>
+      <c r="L30" s="114"/>
+      <c r="M30" s="115"/>
       <c r="N30" s="55"/>
       <c r="O30" s="56"/>
       <c r="Q30" s="24"/>
-      <c r="R30" s="97"/>
-[...5 lines deleted...]
-      <c r="X30" s="98"/>
+      <c r="R30" s="108"/>
+      <c r="S30" s="108"/>
+      <c r="T30" s="108"/>
+      <c r="U30" s="108"/>
+      <c r="V30" s="108"/>
+      <c r="W30" s="108"/>
+      <c r="X30" s="109"/>
       <c r="Y30" s="33"/>
       <c r="Z30" s="37"/>
     </row>
     <row r="31" spans="2:28" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B31" s="24"/>
-      <c r="D31" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M31" s="96"/>
+      <c r="D31" s="106" t="s">
+        <v>106</v>
+      </c>
+      <c r="E31" s="106"/>
+      <c r="F31" s="106"/>
+      <c r="G31" s="106"/>
+      <c r="H31" s="106"/>
+      <c r="I31" s="106"/>
+      <c r="J31" s="106"/>
+      <c r="K31" s="106"/>
+      <c r="L31" s="106"/>
+      <c r="M31" s="107"/>
       <c r="N31" s="55"/>
       <c r="O31" s="56"/>
       <c r="Q31" s="24"/>
-      <c r="R31" s="97"/>
-[...5 lines deleted...]
-      <c r="X31" s="98"/>
+      <c r="R31" s="108"/>
+      <c r="S31" s="108"/>
+      <c r="T31" s="108"/>
+      <c r="U31" s="108"/>
+      <c r="V31" s="108"/>
+      <c r="W31" s="108"/>
+      <c r="X31" s="109"/>
       <c r="Y31" s="33"/>
       <c r="Z31" s="37"/>
     </row>
     <row r="32" spans="2:28" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B32" s="24"/>
-      <c r="D32" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M32" s="96"/>
+      <c r="D32" s="106" t="s">
+        <v>107</v>
+      </c>
+      <c r="E32" s="106"/>
+      <c r="F32" s="106"/>
+      <c r="G32" s="106"/>
+      <c r="H32" s="106"/>
+      <c r="I32" s="106"/>
+      <c r="J32" s="106"/>
+      <c r="K32" s="106"/>
+      <c r="L32" s="106"/>
+      <c r="M32" s="107"/>
       <c r="N32" s="55"/>
       <c r="O32" s="56"/>
       <c r="Q32" s="57"/>
       <c r="R32" s="58"/>
       <c r="S32" s="58"/>
       <c r="T32" s="58"/>
       <c r="U32" s="58"/>
       <c r="V32" s="58"/>
       <c r="W32" s="58"/>
       <c r="X32" s="59"/>
       <c r="Y32" s="59" t="s">
         <v>37</v>
       </c>
       <c r="Z32" s="60">
         <f>SUM(Z19:Z31)</f>
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="2:26" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B33" s="57"/>
-[...17 lines deleted...]
-      </c>
+      <c r="B33" s="24"/>
+      <c r="D33" s="106" t="s">
+        <v>114</v>
+      </c>
+      <c r="E33" s="106"/>
+      <c r="F33" s="106"/>
+      <c r="G33" s="106"/>
+      <c r="H33" s="106"/>
+      <c r="I33" s="106"/>
+      <c r="J33" s="106"/>
+      <c r="K33" s="106"/>
+      <c r="L33" s="106"/>
+      <c r="M33" s="107"/>
+      <c r="N33" s="55"/>
+      <c r="O33" s="56"/>
       <c r="Q33" s="19" t="s">
         <v>39</v>
       </c>
       <c r="R33" s="20" t="s">
         <v>40</v>
       </c>
       <c r="S33" s="21"/>
       <c r="T33" s="21"/>
       <c r="U33" s="21"/>
       <c r="V33" s="21"/>
       <c r="W33" s="21"/>
       <c r="X33" s="21"/>
       <c r="Y33" s="21"/>
       <c r="Z33" s="64" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="34" spans="2:26" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B34" s="19" t="s">
+    <row r="34" spans="2:26" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B34" s="24"/>
+      <c r="D34" s="106" t="s">
+        <v>111</v>
+      </c>
+      <c r="E34" s="106"/>
+      <c r="F34" s="106"/>
+      <c r="G34" s="106"/>
+      <c r="H34" s="106"/>
+      <c r="I34" s="106"/>
+      <c r="J34" s="106"/>
+      <c r="K34" s="106"/>
+      <c r="L34" s="106"/>
+      <c r="M34" s="107"/>
+      <c r="N34" s="55"/>
+      <c r="O34" s="56"/>
+      <c r="Q34" s="24"/>
+      <c r="R34" s="104" t="s">
+        <v>43</v>
+      </c>
+      <c r="S34" s="104"/>
+      <c r="T34" s="104"/>
+      <c r="U34" s="104"/>
+      <c r="V34" s="104"/>
+      <c r="W34" s="104"/>
+      <c r="X34" s="104"/>
+      <c r="Y34" s="113"/>
+      <c r="Z34" s="29"/>
+    </row>
+    <row r="35" spans="2:26" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B35" s="24"/>
+      <c r="D35" s="106" t="s">
+        <v>112</v>
+      </c>
+      <c r="E35" s="106"/>
+      <c r="F35" s="106"/>
+      <c r="G35" s="106"/>
+      <c r="H35" s="106"/>
+      <c r="I35" s="106"/>
+      <c r="J35" s="106"/>
+      <c r="K35" s="106"/>
+      <c r="L35" s="106"/>
+      <c r="M35" s="107"/>
+      <c r="N35" s="55"/>
+      <c r="O35" s="56"/>
+      <c r="Q35" s="24"/>
+      <c r="R35" s="104" t="s">
+        <v>45</v>
+      </c>
+      <c r="S35" s="104"/>
+      <c r="T35" s="104"/>
+      <c r="U35" s="104"/>
+      <c r="V35" s="104"/>
+      <c r="W35" s="104"/>
+      <c r="X35" s="104"/>
+      <c r="Y35" s="113"/>
+      <c r="Z35" s="34"/>
+    </row>
+    <row r="36" spans="2:26" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B36" s="57"/>
+      <c r="C36" s="58"/>
+      <c r="D36" s="61"/>
+      <c r="E36" s="61"/>
+      <c r="F36" s="62"/>
+      <c r="G36" s="62"/>
+      <c r="H36" s="62"/>
+      <c r="I36" s="62"/>
+      <c r="J36" s="62"/>
+      <c r="K36" s="62"/>
+      <c r="L36" s="62"/>
+      <c r="M36" s="63"/>
+      <c r="N36" s="63" t="s">
+        <v>38</v>
+      </c>
+      <c r="O36" s="60">
+        <f>SUM(O27:O35)</f>
+        <v>1695</v>
+      </c>
+      <c r="Q36" s="24"/>
+      <c r="R36" s="104" t="s">
+        <v>47</v>
+      </c>
+      <c r="S36" s="104"/>
+      <c r="T36" s="104"/>
+      <c r="U36" s="104"/>
+      <c r="V36" s="104"/>
+      <c r="W36" s="104"/>
+      <c r="X36" s="104"/>
+      <c r="Y36" s="113"/>
+      <c r="Z36" s="34"/>
+    </row>
+    <row r="37" spans="2:26" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B37" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="C34" s="20" t="s">
+      <c r="C37" s="20" t="s">
         <v>42</v>
       </c>
-      <c r="D34" s="20" t="s">
+      <c r="D37" s="20" t="s">
         <v>42</v>
       </c>
-      <c r="E34" s="21"/>
-[...8 lines deleted...]
-      <c r="N34" s="22" t="s">
+      <c r="E37" s="21"/>
+      <c r="F37" s="21"/>
+      <c r="G37" s="21"/>
+      <c r="H37" s="21"/>
+      <c r="I37" s="21"/>
+      <c r="J37" s="21"/>
+      <c r="K37" s="21"/>
+      <c r="L37" s="21"/>
+      <c r="M37" s="21"/>
+      <c r="N37" s="22" t="s">
         <v>17</v>
       </c>
-      <c r="O34" s="23" t="s">
+      <c r="O37" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="Q34" s="24"/>
-[...87 lines deleted...]
-      <c r="O37" s="122"/>
       <c r="Q37" s="24"/>
-      <c r="R37" s="113" t="s">
+      <c r="R37" s="104" t="s">
         <v>50</v>
       </c>
-      <c r="S37" s="113"/>
-[...5 lines deleted...]
-      <c r="Y37" s="127"/>
+      <c r="S37" s="104"/>
+      <c r="T37" s="104"/>
+      <c r="U37" s="104"/>
+      <c r="V37" s="104"/>
+      <c r="W37" s="104"/>
+      <c r="X37" s="104"/>
+      <c r="Y37" s="113"/>
       <c r="Z37" s="34"/>
     </row>
     <row r="38" spans="2:26" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B38" s="24"/>
-      <c r="D38" s="123" t="s">
-[...12 lines deleted...]
-      <c r="O38" s="124"/>
+      <c r="D38" s="114" t="s">
+        <v>44</v>
+      </c>
+      <c r="E38" s="114"/>
+      <c r="F38" s="114"/>
+      <c r="G38" s="114"/>
+      <c r="H38" s="114"/>
+      <c r="I38" s="114"/>
+      <c r="J38" s="114"/>
+      <c r="K38" s="114"/>
+      <c r="L38" s="114"/>
+      <c r="M38" s="115"/>
+      <c r="N38" s="28"/>
+      <c r="O38" s="29"/>
       <c r="Q38" s="24"/>
-      <c r="R38" s="97"/>
-[...6 lines deleted...]
-      <c r="Y38" s="98"/>
+      <c r="R38" s="108"/>
+      <c r="S38" s="108"/>
+      <c r="T38" s="108"/>
+      <c r="U38" s="108"/>
+      <c r="V38" s="108"/>
+      <c r="W38" s="108"/>
+      <c r="X38" s="108"/>
+      <c r="Y38" s="109"/>
       <c r="Z38" s="37"/>
     </row>
     <row r="39" spans="2:26" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B39" s="24"/>
-      <c r="D39" s="67" t="s">
-[...12 lines deleted...]
-      <c r="O39" s="68"/>
+      <c r="D39" s="106" t="s">
+        <v>46</v>
+      </c>
+      <c r="E39" s="106"/>
+      <c r="F39" s="106"/>
+      <c r="G39" s="106"/>
+      <c r="H39" s="106"/>
+      <c r="I39" s="106"/>
+      <c r="J39" s="106"/>
+      <c r="K39" s="106"/>
+      <c r="L39" s="106"/>
+      <c r="M39" s="107"/>
+      <c r="N39" s="55"/>
+      <c r="O39" s="37"/>
       <c r="Q39" s="24"/>
-      <c r="R39" s="97"/>
-[...6 lines deleted...]
-      <c r="Y39" s="98"/>
+      <c r="R39" s="108"/>
+      <c r="S39" s="108"/>
+      <c r="T39" s="108"/>
+      <c r="U39" s="108"/>
+      <c r="V39" s="108"/>
+      <c r="W39" s="108"/>
+      <c r="X39" s="108"/>
+      <c r="Y39" s="109"/>
       <c r="Z39" s="37"/>
     </row>
     <row r="40" spans="2:26" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B40" s="24"/>
-      <c r="D40" s="95" t="s">
-[...12 lines deleted...]
-      <c r="O40" s="29"/>
+      <c r="D40" s="65"/>
+      <c r="E40" s="65"/>
+      <c r="F40" s="65"/>
+      <c r="G40" s="65"/>
+      <c r="H40" s="65"/>
+      <c r="I40" s="65"/>
+      <c r="J40" s="65"/>
+      <c r="K40" s="65"/>
+      <c r="L40" s="65"/>
+      <c r="M40" s="66" t="s">
+        <v>48</v>
+      </c>
+      <c r="N40" s="116" t="s">
+        <v>49</v>
+      </c>
+      <c r="O40" s="117"/>
       <c r="Q40" s="57"/>
       <c r="R40" s="58"/>
       <c r="S40" s="58"/>
       <c r="T40" s="58"/>
       <c r="U40" s="58"/>
       <c r="V40" s="58"/>
       <c r="W40" s="58"/>
       <c r="X40" s="59"/>
       <c r="Y40" s="59" t="s">
         <v>53</v>
       </c>
       <c r="Z40" s="60">
         <f>SUM(Z34:Z39)</f>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:26" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B41" s="24"/>
-      <c r="D41" s="95" t="s">
-[...12 lines deleted...]
-      <c r="O41" s="34"/>
+      <c r="D41" s="118" t="s">
+        <v>105</v>
+      </c>
+      <c r="E41" s="118"/>
+      <c r="F41" s="118"/>
+      <c r="G41" s="118"/>
+      <c r="H41" s="118"/>
+      <c r="I41" s="118"/>
+      <c r="J41" s="118"/>
+      <c r="K41" s="118"/>
+      <c r="L41" s="118"/>
+      <c r="M41" s="118"/>
+      <c r="N41" s="118"/>
+      <c r="O41" s="119"/>
       <c r="Q41" s="19" t="s">
         <v>55</v>
       </c>
       <c r="R41" s="20" t="s">
         <v>56</v>
       </c>
       <c r="S41" s="21"/>
       <c r="T41" s="21"/>
       <c r="U41" s="21"/>
       <c r="V41" s="21"/>
       <c r="W41" s="21"/>
       <c r="X41" s="21"/>
       <c r="Y41" s="69" t="s">
         <v>17</v>
       </c>
       <c r="Z41" s="70" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42" spans="2:26" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B42" s="24"/>
-      <c r="D42" s="95" t="s">
-[...12 lines deleted...]
-      <c r="O42" s="34"/>
+      <c r="D42" s="67" t="s">
+        <v>51</v>
+      </c>
+      <c r="E42" s="65"/>
+      <c r="F42" s="65"/>
+      <c r="G42" s="65"/>
+      <c r="H42" s="65"/>
+      <c r="I42" s="120"/>
+      <c r="J42" s="121"/>
+      <c r="K42" s="121"/>
+      <c r="L42" s="121"/>
+      <c r="M42" s="122"/>
+      <c r="N42" s="65"/>
+      <c r="O42" s="68"/>
       <c r="Q42" s="24"/>
-      <c r="R42" s="113" t="s">
+      <c r="R42" s="104" t="s">
         <v>58</v>
       </c>
-      <c r="S42" s="113"/>
-[...4 lines deleted...]
-      <c r="X42" s="113"/>
+      <c r="S42" s="104"/>
+      <c r="T42" s="104"/>
+      <c r="U42" s="104"/>
+      <c r="V42" s="104"/>
+      <c r="W42" s="104"/>
+      <c r="X42" s="104"/>
       <c r="Y42" s="71"/>
       <c r="Z42" s="72"/>
     </row>
     <row r="43" spans="2:26" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B43" s="24"/>
-      <c r="D43" s="95" t="s">
-[...12 lines deleted...]
-      <c r="O43" s="34"/>
+      <c r="D43" s="106" t="s">
+        <v>52</v>
+      </c>
+      <c r="E43" s="106"/>
+      <c r="F43" s="106"/>
+      <c r="G43" s="106"/>
+      <c r="H43" s="106"/>
+      <c r="I43" s="106"/>
+      <c r="J43" s="106"/>
+      <c r="K43" s="106"/>
+      <c r="L43" s="106"/>
+      <c r="M43" s="107"/>
+      <c r="N43" s="28"/>
+      <c r="O43" s="29"/>
       <c r="Q43" s="24"/>
-      <c r="R43" s="113" t="s">
+      <c r="R43" s="104" t="s">
         <v>60</v>
       </c>
-      <c r="S43" s="113"/>
-[...4 lines deleted...]
-      <c r="X43" s="113"/>
+      <c r="S43" s="104"/>
+      <c r="T43" s="104"/>
+      <c r="U43" s="104"/>
+      <c r="V43" s="104"/>
+      <c r="W43" s="104"/>
+      <c r="X43" s="104"/>
       <c r="Y43" s="33"/>
       <c r="Z43" s="34"/>
     </row>
     <row r="44" spans="2:26" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B44" s="24"/>
-      <c r="D44" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M44" s="96"/>
+      <c r="D44" s="106" t="s">
+        <v>54</v>
+      </c>
+      <c r="E44" s="106"/>
+      <c r="F44" s="106"/>
+      <c r="G44" s="106"/>
+      <c r="H44" s="106"/>
+      <c r="I44" s="106"/>
+      <c r="J44" s="106"/>
+      <c r="K44" s="106"/>
+      <c r="L44" s="106"/>
+      <c r="M44" s="107"/>
       <c r="N44" s="33"/>
       <c r="O44" s="34"/>
       <c r="Q44" s="24"/>
-      <c r="R44" s="113" t="s">
+      <c r="R44" s="104" t="s">
         <v>62</v>
       </c>
-      <c r="S44" s="113"/>
-[...4 lines deleted...]
-      <c r="X44" s="113"/>
+      <c r="S44" s="104"/>
+      <c r="T44" s="104"/>
+      <c r="U44" s="104"/>
+      <c r="V44" s="104"/>
+      <c r="W44" s="104"/>
+      <c r="X44" s="104"/>
       <c r="Y44" s="33"/>
       <c r="Z44" s="34"/>
     </row>
     <row r="45" spans="2:26" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B45" s="24"/>
-      <c r="D45" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M45" s="96"/>
+      <c r="D45" s="106" t="s">
+        <v>57</v>
+      </c>
+      <c r="E45" s="106"/>
+      <c r="F45" s="106"/>
+      <c r="G45" s="106"/>
+      <c r="H45" s="106"/>
+      <c r="I45" s="106"/>
+      <c r="J45" s="106"/>
+      <c r="K45" s="106"/>
+      <c r="L45" s="106"/>
+      <c r="M45" s="107"/>
       <c r="N45" s="33"/>
       <c r="O45" s="34"/>
       <c r="Q45" s="24"/>
-      <c r="R45" s="113" t="s">
+      <c r="R45" s="104" t="s">
         <v>64</v>
       </c>
-      <c r="S45" s="113"/>
-[...4 lines deleted...]
-      <c r="X45" s="113"/>
+      <c r="S45" s="104"/>
+      <c r="T45" s="104"/>
+      <c r="U45" s="104"/>
+      <c r="V45" s="104"/>
+      <c r="W45" s="104"/>
+      <c r="X45" s="104"/>
       <c r="Y45" s="33"/>
       <c r="Z45" s="34"/>
     </row>
     <row r="46" spans="2:26" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B46" s="24"/>
-      <c r="D46" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M46" s="96"/>
+      <c r="D46" s="106" t="s">
+        <v>59</v>
+      </c>
+      <c r="E46" s="106"/>
+      <c r="F46" s="106"/>
+      <c r="G46" s="106"/>
+      <c r="H46" s="106"/>
+      <c r="I46" s="106"/>
+      <c r="J46" s="106"/>
+      <c r="K46" s="106"/>
+      <c r="L46" s="106"/>
+      <c r="M46" s="107"/>
       <c r="N46" s="33"/>
       <c r="O46" s="34"/>
       <c r="Q46" s="24"/>
-      <c r="R46" s="97"/>
-[...5 lines deleted...]
-      <c r="X46" s="98"/>
+      <c r="R46" s="108"/>
+      <c r="S46" s="108"/>
+      <c r="T46" s="108"/>
+      <c r="U46" s="108"/>
+      <c r="V46" s="108"/>
+      <c r="W46" s="108"/>
+      <c r="X46" s="109"/>
       <c r="Y46" s="33"/>
       <c r="Z46" s="34"/>
     </row>
     <row r="47" spans="2:26" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B47" s="24"/>
-      <c r="D47" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M47" s="96"/>
+      <c r="D47" s="106" t="s">
+        <v>61</v>
+      </c>
+      <c r="E47" s="106"/>
+      <c r="F47" s="106"/>
+      <c r="G47" s="106"/>
+      <c r="H47" s="106"/>
+      <c r="I47" s="106"/>
+      <c r="J47" s="106"/>
+      <c r="K47" s="106"/>
+      <c r="L47" s="106"/>
+      <c r="M47" s="107"/>
       <c r="N47" s="33"/>
       <c r="O47" s="34"/>
       <c r="Q47" s="24"/>
-      <c r="R47" s="97"/>
-[...5 lines deleted...]
-      <c r="X47" s="98"/>
+      <c r="R47" s="108"/>
+      <c r="S47" s="108"/>
+      <c r="T47" s="108"/>
+      <c r="U47" s="108"/>
+      <c r="V47" s="108"/>
+      <c r="W47" s="108"/>
+      <c r="X47" s="109"/>
       <c r="Y47" s="33"/>
       <c r="Z47" s="37"/>
     </row>
     <row r="48" spans="2:26" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B48" s="24"/>
-      <c r="D48" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M48" s="96"/>
+      <c r="D48" s="106" t="s">
+        <v>63</v>
+      </c>
+      <c r="E48" s="106"/>
+      <c r="F48" s="106"/>
+      <c r="G48" s="106"/>
+      <c r="H48" s="106"/>
+      <c r="I48" s="106"/>
+      <c r="J48" s="106"/>
+      <c r="K48" s="106"/>
+      <c r="L48" s="106"/>
+      <c r="M48" s="107"/>
       <c r="N48" s="33"/>
-      <c r="O48" s="37"/>
+      <c r="O48" s="34"/>
       <c r="Q48" s="73"/>
-      <c r="R48" s="119" t="s">
+      <c r="R48" s="123" t="s">
         <v>66</v>
       </c>
-      <c r="S48" s="119"/>
-[...5 lines deleted...]
-      <c r="Y48" s="120"/>
+      <c r="S48" s="123"/>
+      <c r="T48" s="123"/>
+      <c r="U48" s="123"/>
+      <c r="V48" s="123"/>
+      <c r="W48" s="123"/>
+      <c r="X48" s="123"/>
+      <c r="Y48" s="124"/>
       <c r="Z48" s="47">
         <f>SUM(Z42:Z47)</f>
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="2:26" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B49" s="57"/>
-[...41 lines deleted...]
-      </c>
+      <c r="B49" s="24"/>
+      <c r="D49" s="106" t="s">
+        <v>65</v>
+      </c>
+      <c r="E49" s="106"/>
+      <c r="F49" s="106"/>
+      <c r="G49" s="106"/>
+      <c r="H49" s="106"/>
+      <c r="I49" s="106"/>
+      <c r="J49" s="106"/>
+      <c r="K49" s="106"/>
+      <c r="L49" s="106"/>
+      <c r="M49" s="107"/>
+      <c r="N49" s="33"/>
+      <c r="O49" s="34"/>
+    </row>
+    <row r="50" spans="2:26" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B50" s="24"/>
+      <c r="D50" s="106" t="s">
+        <v>108</v>
+      </c>
+      <c r="E50" s="106"/>
+      <c r="F50" s="106"/>
+      <c r="G50" s="106"/>
+      <c r="H50" s="106"/>
+      <c r="I50" s="106"/>
+      <c r="J50" s="106"/>
+      <c r="K50" s="106"/>
+      <c r="L50" s="106"/>
+      <c r="M50" s="107"/>
+      <c r="N50" s="33"/>
+      <c r="O50" s="34"/>
       <c r="Q50" s="75" t="s">
         <v>69</v>
       </c>
       <c r="R50" s="21"/>
       <c r="S50" s="21"/>
       <c r="T50" s="21"/>
       <c r="U50" s="21"/>
       <c r="V50" s="21"/>
       <c r="W50" s="21"/>
       <c r="X50" s="21"/>
       <c r="Y50" s="21"/>
       <c r="Z50" s="76"/>
     </row>
-    <row r="51" spans="2:26" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="51" spans="2:26" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B51" s="24"/>
-      <c r="D51" s="113" t="s">
-[...13 lines deleted...]
-      <c r="O51" s="77"/>
+      <c r="D51" s="106" t="s">
+        <v>110</v>
+      </c>
+      <c r="E51" s="106"/>
+      <c r="F51" s="106"/>
+      <c r="G51" s="106"/>
+      <c r="H51" s="106"/>
+      <c r="I51" s="106"/>
+      <c r="J51" s="106"/>
+      <c r="K51" s="106"/>
+      <c r="L51" s="106"/>
+      <c r="M51" s="107"/>
+      <c r="N51" s="33"/>
+      <c r="O51" s="37"/>
       <c r="Q51" s="24"/>
       <c r="R51" s="78" t="s">
         <v>71</v>
       </c>
       <c r="Z51" s="79"/>
     </row>
-    <row r="52" spans="2:26" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      <c r="O52" s="56"/>
+    <row r="52" spans="2:26" ht="16.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B52" s="57"/>
+      <c r="C52" s="58"/>
+      <c r="D52" s="74"/>
+      <c r="E52" s="74"/>
+      <c r="F52" s="58"/>
+      <c r="G52" s="58"/>
+      <c r="H52" s="58"/>
+      <c r="I52" s="58"/>
+      <c r="J52" s="58"/>
+      <c r="K52" s="58"/>
+      <c r="L52" s="58"/>
+      <c r="M52" s="59"/>
+      <c r="N52" s="59" t="s">
+        <v>67</v>
+      </c>
+      <c r="O52" s="60">
+        <f>SUM(O38:O51)</f>
+        <v>0</v>
+      </c>
       <c r="Q52" s="24"/>
       <c r="T52" s="31" t="s">
         <v>73</v>
       </c>
-      <c r="U52" s="112"/>
-      <c r="V52" s="112"/>
+      <c r="U52" s="125"/>
+      <c r="V52" s="125"/>
       <c r="Y52" s="31" t="s">
         <v>74</v>
       </c>
       <c r="Z52" s="80"/>
     </row>
-    <row r="53" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
-[...14 lines deleted...]
-      <c r="O53" s="56"/>
+    <row r="53" spans="2:26" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B53" s="19"/>
+      <c r="C53" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="D53" s="20" t="s">
+        <v>68</v>
+      </c>
+      <c r="E53" s="21"/>
+      <c r="F53" s="21"/>
+      <c r="G53" s="21"/>
+      <c r="H53" s="21"/>
+      <c r="I53" s="21"/>
+      <c r="J53" s="21"/>
+      <c r="K53" s="21"/>
+      <c r="L53" s="21"/>
+      <c r="M53" s="21"/>
+      <c r="N53" s="22" t="s">
+        <v>17</v>
+      </c>
+      <c r="O53" s="23" t="s">
+        <v>18</v>
+      </c>
       <c r="Q53" s="24"/>
       <c r="R53" s="78" t="s">
         <v>76</v>
       </c>
       <c r="Z53" s="79"/>
     </row>
     <row r="54" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B54" s="24"/>
-      <c r="D54" s="95" t="s">
-[...12 lines deleted...]
-      <c r="O54" s="56"/>
+      <c r="D54" s="104" t="s">
+        <v>70</v>
+      </c>
+      <c r="E54" s="104"/>
+      <c r="F54" s="104"/>
+      <c r="G54" s="104"/>
+      <c r="H54" s="104"/>
+      <c r="I54" s="104"/>
+      <c r="J54" s="104"/>
+      <c r="K54" s="104"/>
+      <c r="M54" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="N54" s="28"/>
+      <c r="O54" s="77"/>
       <c r="Q54" s="24"/>
       <c r="T54" s="31" t="s">
         <v>73</v>
       </c>
-      <c r="U54" s="112"/>
-      <c r="V54" s="112"/>
+      <c r="U54" s="125"/>
+      <c r="V54" s="125"/>
       <c r="Z54" s="79"/>
     </row>
     <row r="55" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B55" s="24"/>
-      <c r="D55" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M55" s="96"/>
+      <c r="D55" s="106" t="s">
+        <v>72</v>
+      </c>
+      <c r="E55" s="106"/>
+      <c r="F55" s="106"/>
+      <c r="G55" s="106"/>
+      <c r="H55" s="106"/>
+      <c r="I55" s="106"/>
+      <c r="J55" s="106"/>
+      <c r="K55" s="106"/>
+      <c r="L55" s="106"/>
+      <c r="M55" s="107"/>
       <c r="N55" s="33"/>
       <c r="O55" s="56"/>
       <c r="Q55" s="24"/>
       <c r="R55" s="78" t="s">
         <v>79</v>
       </c>
-      <c r="V55" s="114"/>
-[...3 lines deleted...]
-      <c r="Z55" s="115"/>
+      <c r="V55" s="126"/>
+      <c r="W55" s="126"/>
+      <c r="X55" s="126"/>
+      <c r="Y55" s="126"/>
+      <c r="Z55" s="127"/>
     </row>
     <row r="56" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B56" s="24"/>
-      <c r="D56" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M56" s="96"/>
+      <c r="D56" s="106" t="s">
+        <v>75</v>
+      </c>
+      <c r="E56" s="106"/>
+      <c r="F56" s="106"/>
+      <c r="G56" s="106"/>
+      <c r="H56" s="106"/>
+      <c r="I56" s="106"/>
+      <c r="J56" s="106"/>
+      <c r="K56" s="106"/>
+      <c r="L56" s="106"/>
+      <c r="M56" s="107"/>
       <c r="N56" s="33"/>
       <c r="O56" s="56"/>
       <c r="Q56" s="24"/>
       <c r="T56" s="31" t="s">
         <v>73</v>
       </c>
-      <c r="U56" s="112"/>
-      <c r="V56" s="112"/>
+      <c r="U56" s="125"/>
+      <c r="V56" s="125"/>
       <c r="Z56" s="79"/>
     </row>
     <row r="57" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B57" s="24"/>
-      <c r="D57" s="95" t="s">
-[...12 lines deleted...]
-      <c r="O57" s="81"/>
+      <c r="D57" s="106" t="s">
+        <v>77</v>
+      </c>
+      <c r="E57" s="106"/>
+      <c r="F57" s="106"/>
+      <c r="G57" s="106"/>
+      <c r="H57" s="106"/>
+      <c r="I57" s="106"/>
+      <c r="J57" s="106"/>
+      <c r="K57" s="106"/>
+      <c r="L57" s="106"/>
+      <c r="M57" s="107"/>
+      <c r="N57" s="33"/>
+      <c r="O57" s="56"/>
       <c r="Q57" s="24"/>
       <c r="R57" s="78" t="s">
         <v>79</v>
       </c>
-      <c r="V57" s="114"/>
-[...3 lines deleted...]
-      <c r="Z57" s="115"/>
+      <c r="V57" s="126"/>
+      <c r="W57" s="126"/>
+      <c r="X57" s="126"/>
+      <c r="Y57" s="126"/>
+      <c r="Z57" s="127"/>
     </row>
     <row r="58" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B58" s="24"/>
-      <c r="D58" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M58" s="96"/>
+      <c r="D58" s="106" t="s">
+        <v>78</v>
+      </c>
+      <c r="E58" s="106"/>
+      <c r="F58" s="106"/>
+      <c r="G58" s="106"/>
+      <c r="H58" s="106"/>
+      <c r="I58" s="106"/>
+      <c r="J58" s="106"/>
+      <c r="K58" s="106"/>
+      <c r="L58" s="106"/>
+      <c r="M58" s="107"/>
       <c r="N58" s="33"/>
-      <c r="O58" s="34"/>
+      <c r="O58" s="56"/>
       <c r="Q58" s="24"/>
       <c r="T58" s="31" t="s">
         <v>73</v>
       </c>
-      <c r="U58" s="112"/>
-      <c r="V58" s="112"/>
+      <c r="U58" s="125"/>
+      <c r="V58" s="125"/>
       <c r="Z58" s="79"/>
     </row>
     <row r="59" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B59" s="24"/>
-      <c r="D59" s="95" t="s">
-[...12 lines deleted...]
-      <c r="O59" s="29"/>
+      <c r="D59" s="106" t="s">
+        <v>80</v>
+      </c>
+      <c r="E59" s="106"/>
+      <c r="F59" s="106"/>
+      <c r="G59" s="106"/>
+      <c r="H59" s="106"/>
+      <c r="I59" s="106"/>
+      <c r="J59" s="106"/>
+      <c r="K59" s="106"/>
+      <c r="L59" s="106"/>
+      <c r="M59" s="107"/>
+      <c r="N59" s="33"/>
+      <c r="O59" s="56"/>
       <c r="Q59" s="24"/>
       <c r="R59" s="78" t="s">
         <v>84</v>
       </c>
       <c r="Z59" s="79"/>
     </row>
     <row r="60" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B60" s="24"/>
-      <c r="D60" s="95" t="s">
-[...12 lines deleted...]
-      <c r="O60" s="29"/>
+      <c r="D60" s="106" t="s">
+        <v>81</v>
+      </c>
+      <c r="E60" s="106"/>
+      <c r="F60" s="106"/>
+      <c r="G60" s="106"/>
+      <c r="H60" s="106"/>
+      <c r="I60" s="106"/>
+      <c r="J60" s="106"/>
+      <c r="K60" s="106"/>
+      <c r="L60" s="106"/>
+      <c r="M60" s="107"/>
+      <c r="N60" s="55"/>
+      <c r="O60" s="81"/>
       <c r="Q60" s="24"/>
       <c r="T60" s="31" t="s">
         <v>73</v>
       </c>
-      <c r="U60" s="112"/>
-      <c r="V60" s="112"/>
+      <c r="U60" s="125"/>
+      <c r="V60" s="125"/>
       <c r="Y60" s="31" t="s">
         <v>74</v>
       </c>
       <c r="Z60" s="80"/>
     </row>
     <row r="61" spans="2:26" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B61" s="24"/>
-      <c r="D61" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M61" s="96"/>
+      <c r="D61" s="106" t="s">
+        <v>82</v>
+      </c>
+      <c r="E61" s="106"/>
+      <c r="F61" s="106"/>
+      <c r="G61" s="106"/>
+      <c r="H61" s="106"/>
+      <c r="I61" s="106"/>
+      <c r="J61" s="106"/>
+      <c r="K61" s="106"/>
+      <c r="L61" s="106"/>
+      <c r="M61" s="107"/>
       <c r="N61" s="33"/>
-      <c r="O61" s="56"/>
+      <c r="O61" s="34"/>
       <c r="Q61" s="57"/>
       <c r="R61" s="58"/>
       <c r="S61" s="58"/>
       <c r="T61" s="58"/>
       <c r="U61" s="58"/>
       <c r="V61" s="58"/>
       <c r="W61" s="58"/>
       <c r="X61" s="58"/>
       <c r="Y61" s="58"/>
       <c r="Z61" s="83"/>
     </row>
     <row r="62" spans="2:26" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B62" s="24"/>
-      <c r="D62" s="95" t="s">
-[...12 lines deleted...]
-      <c r="O62" s="56"/>
+      <c r="D62" s="106" t="s">
+        <v>83</v>
+      </c>
+      <c r="E62" s="106"/>
+      <c r="F62" s="106"/>
+      <c r="G62" s="106"/>
+      <c r="H62" s="106"/>
+      <c r="I62" s="106"/>
+      <c r="J62" s="106"/>
+      <c r="K62" s="106"/>
+      <c r="L62" s="106"/>
+      <c r="M62" s="107"/>
+      <c r="N62" s="82"/>
+      <c r="O62" s="29"/>
     </row>
     <row r="63" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B63" s="24"/>
-      <c r="D63" s="95" t="s">
-[...13 lines deleted...]
-      <c r="Q63" s="92" t="s">
+      <c r="D63" s="106" t="s">
+        <v>85</v>
+      </c>
+      <c r="E63" s="106"/>
+      <c r="F63" s="106"/>
+      <c r="G63" s="106"/>
+      <c r="H63" s="106"/>
+      <c r="I63" s="106"/>
+      <c r="J63" s="106"/>
+      <c r="K63" s="106"/>
+      <c r="L63" s="106"/>
+      <c r="M63" s="107"/>
+      <c r="N63" s="82"/>
+      <c r="O63" s="29"/>
+      <c r="Q63" s="128" t="s">
         <v>89</v>
       </c>
-      <c r="R63" s="93"/>
-[...7 lines deleted...]
-      <c r="Z63" s="94"/>
+      <c r="R63" s="129"/>
+      <c r="S63" s="129"/>
+      <c r="T63" s="129"/>
+      <c r="U63" s="129"/>
+      <c r="V63" s="129"/>
+      <c r="W63" s="129"/>
+      <c r="X63" s="129"/>
+      <c r="Y63" s="129"/>
+      <c r="Z63" s="130"/>
     </row>
     <row r="64" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B64" s="24"/>
-      <c r="D64" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M64" s="96"/>
+      <c r="D64" s="106" t="s">
+        <v>86</v>
+      </c>
+      <c r="E64" s="106"/>
+      <c r="F64" s="106"/>
+      <c r="G64" s="106"/>
+      <c r="H64" s="106"/>
+      <c r="I64" s="106"/>
+      <c r="J64" s="106"/>
+      <c r="K64" s="106"/>
+      <c r="L64" s="106"/>
+      <c r="M64" s="107"/>
       <c r="N64" s="33"/>
       <c r="O64" s="56"/>
       <c r="Q64" s="84" t="s">
         <v>91</v>
       </c>
       <c r="Z64" s="79"/>
     </row>
     <row r="65" spans="2:26" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B65" s="24"/>
-      <c r="D65" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M65" s="96"/>
+      <c r="D65" s="106" t="s">
+        <v>87</v>
+      </c>
+      <c r="E65" s="106"/>
+      <c r="F65" s="106"/>
+      <c r="G65" s="106"/>
+      <c r="H65" s="106"/>
+      <c r="I65" s="106"/>
+      <c r="J65" s="106"/>
+      <c r="K65" s="106"/>
+      <c r="L65" s="106"/>
+      <c r="M65" s="107"/>
       <c r="N65" s="33"/>
       <c r="O65" s="56"/>
       <c r="Q65" s="85" t="s">
         <v>93</v>
       </c>
-      <c r="U65" s="108"/>
-[...4 lines deleted...]
-      <c r="Z65" s="109"/>
+      <c r="U65" s="131"/>
+      <c r="V65" s="131"/>
+      <c r="W65" s="131"/>
+      <c r="X65" s="131"/>
+      <c r="Y65" s="131"/>
+      <c r="Z65" s="132"/>
     </row>
     <row r="66" spans="2:26" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B66" s="24"/>
-      <c r="D66" s="95" t="s">
-[...12 lines deleted...]
-      <c r="O66" s="81"/>
+      <c r="D66" s="106" t="s">
+        <v>88</v>
+      </c>
+      <c r="E66" s="106"/>
+      <c r="F66" s="106"/>
+      <c r="G66" s="106"/>
+      <c r="H66" s="106"/>
+      <c r="I66" s="106"/>
+      <c r="J66" s="106"/>
+      <c r="K66" s="106"/>
+      <c r="L66" s="106"/>
+      <c r="M66" s="107"/>
+      <c r="N66" s="33"/>
+      <c r="O66" s="56"/>
       <c r="Q66" s="85" t="s">
         <v>95</v>
       </c>
-      <c r="U66" s="108"/>
-[...4 lines deleted...]
-      <c r="Z66" s="109"/>
+      <c r="U66" s="131"/>
+      <c r="V66" s="131"/>
+      <c r="W66" s="131"/>
+      <c r="X66" s="131"/>
+      <c r="Y66" s="131"/>
+      <c r="Z66" s="132"/>
     </row>
     <row r="67" spans="2:26" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B67" s="24"/>
-      <c r="D67" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M67" s="96"/>
+      <c r="D67" s="106" t="s">
+        <v>90</v>
+      </c>
+      <c r="E67" s="106"/>
+      <c r="F67" s="106"/>
+      <c r="G67" s="106"/>
+      <c r="H67" s="106"/>
+      <c r="I67" s="106"/>
+      <c r="J67" s="106"/>
+      <c r="K67" s="106"/>
+      <c r="L67" s="106"/>
+      <c r="M67" s="107"/>
       <c r="N67" s="33"/>
-      <c r="O67" s="34"/>
+      <c r="O67" s="56"/>
       <c r="Q67" s="85" t="s">
         <v>97</v>
       </c>
-      <c r="U67" s="110"/>
-[...4 lines deleted...]
-      <c r="Z67" s="111"/>
+      <c r="U67" s="133"/>
+      <c r="V67" s="133"/>
+      <c r="W67" s="133"/>
+      <c r="X67" s="133"/>
+      <c r="Y67" s="133"/>
+      <c r="Z67" s="134"/>
     </row>
     <row r="68" spans="2:26" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B68" s="24"/>
-      <c r="D68" s="95" t="s">
-[...12 lines deleted...]
-      <c r="O68" s="29"/>
+      <c r="D68" s="106" t="s">
+        <v>92</v>
+      </c>
+      <c r="E68" s="106"/>
+      <c r="F68" s="106"/>
+      <c r="G68" s="106"/>
+      <c r="H68" s="106"/>
+      <c r="I68" s="106"/>
+      <c r="J68" s="106"/>
+      <c r="K68" s="106"/>
+      <c r="L68" s="106"/>
+      <c r="M68" s="107"/>
+      <c r="N68" s="33"/>
+      <c r="O68" s="56"/>
       <c r="Q68" s="85" t="s">
         <v>99</v>
       </c>
-      <c r="U68" s="108"/>
-[...4 lines deleted...]
-      <c r="Z68" s="109"/>
+      <c r="U68" s="131"/>
+      <c r="V68" s="131"/>
+      <c r="W68" s="131"/>
+      <c r="X68" s="131"/>
+      <c r="Y68" s="131"/>
+      <c r="Z68" s="132"/>
     </row>
     <row r="69" spans="2:26" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B69" s="24"/>
-      <c r="D69" s="95" t="s">
-[...12 lines deleted...]
-      <c r="O69" s="29"/>
+      <c r="D69" s="106" t="s">
+        <v>94</v>
+      </c>
+      <c r="E69" s="106"/>
+      <c r="F69" s="106"/>
+      <c r="G69" s="106"/>
+      <c r="H69" s="106"/>
+      <c r="I69" s="106"/>
+      <c r="J69" s="106"/>
+      <c r="K69" s="106"/>
+      <c r="L69" s="106"/>
+      <c r="M69" s="107"/>
+      <c r="N69" s="55"/>
+      <c r="O69" s="81"/>
       <c r="Q69" s="57"/>
       <c r="R69" s="58"/>
       <c r="S69" s="58"/>
       <c r="T69" s="58"/>
       <c r="U69" s="58"/>
       <c r="V69" s="58"/>
       <c r="W69" s="58"/>
       <c r="X69" s="58"/>
       <c r="Y69" s="58"/>
       <c r="Z69" s="83"/>
     </row>
     <row r="70" spans="2:26" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B70" s="24"/>
-      <c r="D70" s="95" t="s">
-[...12 lines deleted...]
-      <c r="O70" s="29"/>
+      <c r="D70" s="106" t="s">
+        <v>96</v>
+      </c>
+      <c r="E70" s="106"/>
+      <c r="F70" s="106"/>
+      <c r="G70" s="106"/>
+      <c r="H70" s="106"/>
+      <c r="I70" s="106"/>
+      <c r="J70" s="106"/>
+      <c r="K70" s="106"/>
+      <c r="L70" s="106"/>
+      <c r="M70" s="107"/>
+      <c r="N70" s="33"/>
+      <c r="O70" s="34"/>
     </row>
     <row r="71" spans="2:26" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="B71" s="24"/>
-      <c r="D71" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M71" s="96"/>
+      <c r="D71" s="106" t="s">
+        <v>98</v>
+      </c>
+      <c r="E71" s="106"/>
+      <c r="F71" s="106"/>
+      <c r="G71" s="106"/>
+      <c r="H71" s="106"/>
+      <c r="I71" s="106"/>
+      <c r="J71" s="106"/>
+      <c r="K71" s="106"/>
+      <c r="L71" s="106"/>
+      <c r="M71" s="107"/>
       <c r="N71" s="82"/>
       <c r="O71" s="29"/>
-      <c r="Q71" s="144" t="s">
+      <c r="Q71" s="148" t="s">
         <v>103</v>
       </c>
-      <c r="R71" s="145"/>
-[...7 lines deleted...]
-      <c r="Z71" s="145"/>
+      <c r="R71" s="149"/>
+      <c r="S71" s="149"/>
+      <c r="T71" s="149"/>
+      <c r="U71" s="149"/>
+      <c r="V71" s="149"/>
+      <c r="W71" s="149"/>
+      <c r="X71" s="149"/>
+      <c r="Y71" s="149"/>
+      <c r="Z71" s="149"/>
     </row>
     <row r="72" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B72" s="24"/>
-      <c r="D72" s="95" t="s">
-[...10 lines deleted...]
-      <c r="M72" s="96"/>
+      <c r="D72" s="106" t="s">
+        <v>100</v>
+      </c>
+      <c r="E72" s="106"/>
+      <c r="F72" s="106"/>
+      <c r="G72" s="106"/>
+      <c r="H72" s="106"/>
+      <c r="I72" s="106"/>
+      <c r="J72" s="106"/>
+      <c r="K72" s="106"/>
+      <c r="L72" s="106"/>
+      <c r="M72" s="107"/>
       <c r="N72" s="82"/>
       <c r="O72" s="29"/>
-      <c r="Q72" s="99"/>
-[...8 lines deleted...]
-      <c r="Z72" s="101"/>
+      <c r="Q72" s="135"/>
+      <c r="R72" s="136"/>
+      <c r="S72" s="136"/>
+      <c r="T72" s="136"/>
+      <c r="U72" s="136"/>
+      <c r="V72" s="136"/>
+      <c r="W72" s="136"/>
+      <c r="X72" s="136"/>
+      <c r="Y72" s="136"/>
+      <c r="Z72" s="137"/>
     </row>
     <row r="73" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B73" s="24"/>
-      <c r="D73" s="97"/>
-[...20 lines deleted...]
-      <c r="Z73" s="104"/>
+      <c r="D73" s="106" t="s">
+        <v>101</v>
+      </c>
+      <c r="E73" s="106"/>
+      <c r="F73" s="106"/>
+      <c r="G73" s="106"/>
+      <c r="H73" s="106"/>
+      <c r="I73" s="106"/>
+      <c r="J73" s="106"/>
+      <c r="K73" s="106"/>
+      <c r="L73" s="106"/>
+      <c r="M73" s="107"/>
+      <c r="N73" s="82"/>
+      <c r="O73" s="29"/>
+      <c r="Q73" s="138"/>
+      <c r="R73" s="139"/>
+      <c r="S73" s="139"/>
+      <c r="T73" s="139"/>
+      <c r="U73" s="139"/>
+      <c r="V73" s="139"/>
+      <c r="W73" s="139"/>
+      <c r="X73" s="139"/>
+      <c r="Y73" s="139"/>
+      <c r="Z73" s="140"/>
     </row>
     <row r="74" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B74" s="24"/>
-      <c r="D74" s="97"/>
-[...22 lines deleted...]
-    <row r="75" spans="2:26" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="D74" s="106" t="s">
+        <v>102</v>
+      </c>
+      <c r="E74" s="106"/>
+      <c r="F74" s="106"/>
+      <c r="G74" s="106"/>
+      <c r="H74" s="106"/>
+      <c r="I74" s="106"/>
+      <c r="J74" s="106"/>
+      <c r="K74" s="106"/>
+      <c r="L74" s="106"/>
+      <c r="M74" s="107"/>
+      <c r="N74" s="82"/>
+      <c r="O74" s="29"/>
+      <c r="Q74" s="138"/>
+      <c r="R74" s="139"/>
+      <c r="S74" s="139"/>
+      <c r="T74" s="139"/>
+      <c r="U74" s="139"/>
+      <c r="V74" s="139"/>
+      <c r="W74" s="139"/>
+      <c r="X74" s="139"/>
+      <c r="Y74" s="139"/>
+      <c r="Z74" s="140"/>
+    </row>
+    <row r="75" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B75" s="24"/>
-      <c r="D75" s="97"/>
-[...35 lines deleted...]
-      <c r="N76" s="59" t="s">
+      <c r="D75" s="106" t="s">
+        <v>109</v>
+      </c>
+      <c r="E75" s="106"/>
+      <c r="F75" s="106"/>
+      <c r="G75" s="106"/>
+      <c r="H75" s="106"/>
+      <c r="I75" s="106"/>
+      <c r="J75" s="106"/>
+      <c r="K75" s="106"/>
+      <c r="L75" s="106"/>
+      <c r="M75" s="107"/>
+      <c r="N75" s="82"/>
+      <c r="O75" s="29"/>
+      <c r="Q75" s="138"/>
+      <c r="R75" s="139"/>
+      <c r="S75" s="139"/>
+      <c r="T75" s="139"/>
+      <c r="U75" s="139"/>
+      <c r="V75" s="139"/>
+      <c r="W75" s="139"/>
+      <c r="X75" s="139"/>
+      <c r="Y75" s="139"/>
+      <c r="Z75" s="140"/>
+    </row>
+    <row r="76" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B76" s="24"/>
+      <c r="D76" s="108"/>
+      <c r="E76" s="108"/>
+      <c r="F76" s="108"/>
+      <c r="G76" s="108"/>
+      <c r="H76" s="108"/>
+      <c r="I76" s="108"/>
+      <c r="J76" s="108"/>
+      <c r="K76" s="108"/>
+      <c r="L76" s="108"/>
+      <c r="M76" s="109"/>
+      <c r="N76" s="33"/>
+      <c r="O76" s="56"/>
+      <c r="Q76" s="138"/>
+      <c r="R76" s="139"/>
+      <c r="S76" s="139"/>
+      <c r="T76" s="139"/>
+      <c r="U76" s="139"/>
+      <c r="V76" s="139"/>
+      <c r="W76" s="139"/>
+      <c r="X76" s="139"/>
+      <c r="Y76" s="139"/>
+      <c r="Z76" s="140"/>
+    </row>
+    <row r="77" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B77" s="24"/>
+      <c r="D77" s="108"/>
+      <c r="E77" s="108"/>
+      <c r="F77" s="108"/>
+      <c r="G77" s="108"/>
+      <c r="H77" s="108"/>
+      <c r="I77" s="108"/>
+      <c r="J77" s="108"/>
+      <c r="K77" s="108"/>
+      <c r="L77" s="108"/>
+      <c r="M77" s="109"/>
+      <c r="N77" s="33"/>
+      <c r="O77" s="56"/>
+      <c r="Q77" s="138"/>
+      <c r="R77" s="139"/>
+      <c r="S77" s="139"/>
+      <c r="T77" s="139"/>
+      <c r="U77" s="139"/>
+      <c r="V77" s="139"/>
+      <c r="W77" s="139"/>
+      <c r="X77" s="139"/>
+      <c r="Y77" s="139"/>
+      <c r="Z77" s="140"/>
+    </row>
+    <row r="78" spans="2:26" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B78" s="24"/>
+      <c r="D78" s="108"/>
+      <c r="E78" s="108"/>
+      <c r="F78" s="108"/>
+      <c r="G78" s="108"/>
+      <c r="H78" s="108"/>
+      <c r="I78" s="108"/>
+      <c r="J78" s="108"/>
+      <c r="K78" s="108"/>
+      <c r="L78" s="108"/>
+      <c r="M78" s="109"/>
+      <c r="N78" s="33"/>
+      <c r="O78" s="86"/>
+      <c r="Q78" s="138"/>
+      <c r="R78" s="139"/>
+      <c r="S78" s="139"/>
+      <c r="T78" s="139"/>
+      <c r="U78" s="139"/>
+      <c r="V78" s="139"/>
+      <c r="W78" s="139"/>
+      <c r="X78" s="139"/>
+      <c r="Y78" s="139"/>
+      <c r="Z78" s="140"/>
+    </row>
+    <row r="79" spans="2:26" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="B79" s="57"/>
+      <c r="C79" s="58"/>
+      <c r="D79" s="74"/>
+      <c r="E79" s="74"/>
+      <c r="F79" s="58"/>
+      <c r="G79" s="58"/>
+      <c r="H79" s="58"/>
+      <c r="I79" s="58"/>
+      <c r="J79" s="58"/>
+      <c r="K79" s="58"/>
+      <c r="L79" s="58"/>
+      <c r="M79" s="59"/>
+      <c r="N79" s="59" t="s">
         <v>104</v>
       </c>
-      <c r="O76" s="60">
-        <f>SUM(O51:O75)</f>
+      <c r="O79" s="60">
+        <f>SUM(O54:O78)</f>
         <v>0</v>
       </c>
-      <c r="Q76" s="105"/>
-[...35 lines deleted...]
-    <row r="90" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="Q79" s="141"/>
+      <c r="R79" s="142"/>
+      <c r="S79" s="142"/>
+      <c r="T79" s="142"/>
+      <c r="U79" s="142"/>
+      <c r="V79" s="142"/>
+      <c r="W79" s="142"/>
+      <c r="X79" s="142"/>
+      <c r="Y79" s="142"/>
+      <c r="Z79" s="143"/>
+    </row>
+    <row r="80" spans="2:26" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D80" s="78"/>
+      <c r="E80" s="78"/>
+      <c r="M80" s="87"/>
+      <c r="N80" s="87"/>
+      <c r="O80" s="88"/>
+    </row>
+    <row r="81" spans="4:15" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="D81" s="78"/>
+      <c r="E81" s="78"/>
+      <c r="M81" s="87"/>
+      <c r="N81" s="87"/>
+      <c r="O81" s="88"/>
+    </row>
+    <row r="82" spans="4:15" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="83" spans="4:15" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="84" spans="4:15" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="85" spans="4:15" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="86" spans="4:15" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="87" spans="4:15" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="88" spans="4:15" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="89" spans="4:15" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2"/>
+    <row r="90" spans="4:15" ht="16.149999999999999" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="3RYD8E1PgleW+oirLIAp+7Y1QIrqH4TY0rx50rdj2fSXga4B/F6FzXRpJaT0JVkvppWEGjH/r4ssJ6xhIxrqyg==" saltValue="Jq3Rvh3Vyh33ZxK93b1pFA==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
-  <mergeCells count="105">
+  <sheetProtection algorithmName="SHA-512" hashValue="E+yD1cwI7O797bVFq1RA0tlbaf6WcGe+nBtW0p1yJspfzDTSQYMWGljmNwKbGKjRAhc++Q/J+4aTH7i6Yb2ZNA==" saltValue="k8/4B4tAo3mQv/awL6tEuQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
+  <mergeCells count="108">
+    <mergeCell ref="D72:M72"/>
+    <mergeCell ref="D73:M73"/>
+    <mergeCell ref="D74:M74"/>
+    <mergeCell ref="Q71:Z71"/>
+    <mergeCell ref="D75:M75"/>
+    <mergeCell ref="D76:M76"/>
+    <mergeCell ref="D77:M77"/>
+    <mergeCell ref="D78:M78"/>
+    <mergeCell ref="Q72:Z79"/>
+    <mergeCell ref="D69:M69"/>
+    <mergeCell ref="U66:Z66"/>
+    <mergeCell ref="D70:M70"/>
+    <mergeCell ref="U67:Z67"/>
+    <mergeCell ref="D71:M71"/>
+    <mergeCell ref="U68:Z68"/>
+    <mergeCell ref="D64:M64"/>
+    <mergeCell ref="D65:M65"/>
+    <mergeCell ref="D66:M66"/>
+    <mergeCell ref="D67:M67"/>
+    <mergeCell ref="D68:M68"/>
+    <mergeCell ref="U65:Z65"/>
+    <mergeCell ref="D60:M60"/>
+    <mergeCell ref="V57:Z57"/>
+    <mergeCell ref="D61:M61"/>
+    <mergeCell ref="U58:V58"/>
+    <mergeCell ref="D62:M62"/>
+    <mergeCell ref="D63:M63"/>
+    <mergeCell ref="U60:V60"/>
+    <mergeCell ref="D56:M56"/>
+    <mergeCell ref="D57:M57"/>
+    <mergeCell ref="Q63:Z63"/>
+    <mergeCell ref="U54:V54"/>
+    <mergeCell ref="D58:M58"/>
+    <mergeCell ref="V55:Z55"/>
+    <mergeCell ref="D59:M59"/>
+    <mergeCell ref="U56:V56"/>
+    <mergeCell ref="D50:M50"/>
+    <mergeCell ref="R47:X47"/>
+    <mergeCell ref="D51:M51"/>
+    <mergeCell ref="R48:Y48"/>
+    <mergeCell ref="D54:K54"/>
+    <mergeCell ref="D55:M55"/>
+    <mergeCell ref="U52:V52"/>
+    <mergeCell ref="D47:M47"/>
+    <mergeCell ref="R44:X44"/>
+    <mergeCell ref="D48:M48"/>
+    <mergeCell ref="R45:X45"/>
+    <mergeCell ref="D49:M49"/>
+    <mergeCell ref="R46:X46"/>
+    <mergeCell ref="D43:M43"/>
+    <mergeCell ref="D44:M44"/>
+    <mergeCell ref="D45:M45"/>
+    <mergeCell ref="D46:M46"/>
+    <mergeCell ref="R43:X43"/>
+    <mergeCell ref="N40:O40"/>
+    <mergeCell ref="R37:Y37"/>
+    <mergeCell ref="D41:O41"/>
+    <mergeCell ref="R38:Y38"/>
+    <mergeCell ref="I42:M42"/>
+    <mergeCell ref="R39:Y39"/>
+    <mergeCell ref="D35:M35"/>
+    <mergeCell ref="R34:Y34"/>
+    <mergeCell ref="D38:M38"/>
+    <mergeCell ref="R35:Y35"/>
+    <mergeCell ref="D39:M39"/>
+    <mergeCell ref="R36:Y36"/>
+    <mergeCell ref="D34:M34"/>
+    <mergeCell ref="R42:X42"/>
+    <mergeCell ref="D30:M30"/>
+    <mergeCell ref="R30:X30"/>
+    <mergeCell ref="D31:M31"/>
+    <mergeCell ref="R31:X31"/>
+    <mergeCell ref="D33:M33"/>
+    <mergeCell ref="D32:M32"/>
+    <mergeCell ref="R23:X23"/>
+    <mergeCell ref="R24:X24"/>
+    <mergeCell ref="R25:X25"/>
+    <mergeCell ref="R26:X26"/>
+    <mergeCell ref="R27:X27"/>
+    <mergeCell ref="R28:X28"/>
     <mergeCell ref="P1:Z1"/>
     <mergeCell ref="N2:O2"/>
     <mergeCell ref="B3:Z3"/>
     <mergeCell ref="B4:Z4"/>
     <mergeCell ref="B6:L6"/>
     <mergeCell ref="O6:S6"/>
     <mergeCell ref="U6:W6"/>
+    <mergeCell ref="D29:M29"/>
+    <mergeCell ref="R29:X29"/>
     <mergeCell ref="C22:E22"/>
     <mergeCell ref="G22:I22"/>
     <mergeCell ref="R22:X22"/>
     <mergeCell ref="L12:M12"/>
     <mergeCell ref="O12:P12"/>
     <mergeCell ref="Q12:Z12"/>
     <mergeCell ref="B16:Z16"/>
     <mergeCell ref="R19:X19"/>
     <mergeCell ref="B7:L7"/>
     <mergeCell ref="O7:S7"/>
     <mergeCell ref="U7:W7"/>
     <mergeCell ref="N9:P9"/>
     <mergeCell ref="Y9:Z9"/>
     <mergeCell ref="N10:O10"/>
     <mergeCell ref="U10:Z10"/>
-    <mergeCell ref="R23:X23"/>
-[...4 lines deleted...]
-    <mergeCell ref="R28:X28"/>
     <mergeCell ref="L20:M20"/>
     <mergeCell ref="R20:X20"/>
     <mergeCell ref="L21:M21"/>
     <mergeCell ref="R21:X21"/>
-    <mergeCell ref="D32:M32"/>
-[...71 lines deleted...]
-    <mergeCell ref="D75:M75"/>
   </mergeCells>
   <conditionalFormatting sqref="N23:N24">
     <cfRule type="cellIs" dxfId="4" priority="1" stopIfTrue="1" operator="equal">
       <formula>"Discount fee charged to borrower  "</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="3" priority="2" stopIfTrue="1" operator="equal">
       <formula>"Credit/rebate to borrower  "</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O19">
     <cfRule type="cellIs" dxfId="2" priority="7" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O24">
     <cfRule type="cellIs" dxfId="1" priority="3" stopIfTrue="1" operator="greaterThan">
       <formula>0</formula>
     </cfRule>
     <cfRule type="cellIs" dxfId="0" priority="4" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="3">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="N37:O37" xr:uid="{00000000-0002-0000-0100-000002000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="N40:O40" xr:uid="{00000000-0002-0000-0100-000002000000}">
       <formula1>"(select one), YES, NO"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Y9:Z9" xr:uid="{00000000-0002-0000-0100-000003000000}">
       <formula1>"Yes, No"</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Y42:Y47 N27 N35:N36 N51:N75 N40:N48 Y19:Y31 N29:N32" xr:uid="{00000000-0002-0000-0100-000004000000}">
+    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="Y42:Y47 N27 N38:N39 N54:N78 N43:N51 Y19:Y31 N29:N35" xr:uid="{00000000-0002-0000-0100-000004000000}">
       <formula1>1</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.25" right="0.25" top="0.25" bottom="0.5" header="0.2" footer="0"/>
-  <pageSetup paperSize="5" scale="82" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
+  <pageSetup paperSize="5" scale="79" orientation="portrait" blackAndWhite="1" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;L&amp;G</oddHeader>
-    <oddFooter>&amp;L&amp;7WCPL Broker Submission Fee Sheet - Lender Paid&amp;R&amp;7Rev.06.28.24</oddFooter>
+    <oddFooter>&amp;L&amp;7WCPL Broker Submission Fee Sheet - Lender Paid&amp;R&amp;7Rev.11.12.25</oddFooter>
   </headerFooter>
   <legacyDrawing r:id="rId2"/>
   <legacyDrawingHF r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101008535A078E710B24B8EC482567F24B39E" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="589983cac3d6983f5ff33c093202d188">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns3="84eedd06-2ce6-4601-979d-deefe23d9a08" xmlns:ns4="d5c1d8e6-ebde-4ce2-bf99-96dd95becb90" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="68254c953f7a269acdbbe31ffdad48a9" ns1:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="84eedd06-2ce6-4601-979d-deefe23d9a08"/>
     <xsd:import namespace="d5c1d8e6-ebde-4ce2-bf99-96dd95becb90"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
                 <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
@@ -4597,110 +4716,92 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...16 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB6F638C-E8A5-4957-9CF9-3B695CAD3613}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F3A0DC0-5180-4734-8A9E-13192E8F15A9}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...11 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36354733-BD74-4B05-B6D0-B1762C195844}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="d5c1d8e6-ebde-4ce2-bf99-96dd95becb90"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="84eedd06-2ce6-4601-979d-deefe23d9a08"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6F3A0DC0-5180-4734-8A9E-13192E8F15A9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB6F638C-E8A5-4957-9CF9-3B695CAD3613}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="84eedd06-2ce6-4601-979d-deefe23d9a08"/>
+    <ds:schemaRef ds:uri="d5c1d8e6-ebde-4ce2-bf99-96dd95becb90"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Broker - Lender Paid</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>